--- v0 (2025-12-16)
+++ v1 (2025-12-16)
@@ -7015,95 +7015,95 @@
       <c r="A10" s="31" t="n">
         <v>45124</v>
       </c>
       <c r="B10" s="16" t="s">
         <v>169</v>
       </c>
       <c r="C10" s="16" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="17" t="n">
         <v>20</v>
       </c>
       <c r="F10" s="7" t="s">
         <f>=DATEDIF(A10,$O$2,"y")</f>
       </c>
       <c r="G10" s="7" t="s">
         <f>=DATEDIF(A10,$O$2,"ym")</f>
       </c>
       <c r="H10" s="7" t="s">
         <f>=DATEDIF(A10,$O$2,"md")</f>
       </c>
       <c r="I10" s="7" t="n">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J10" s="17" t="n">
         <v>5495.5</v>
       </c>
       <c r="K10" s="6" t="s">
         <f>=Портфель!F6*Портфель!$Q$13</f>
       </c>
       <c r="L10" s="6" t="s">
         <f>=E10*K10</f>
       </c>
       <c r="M10" s="6" t="s">
         <f>=(K10-J10)*E10</f>
       </c>
       <c r="N10" s="6" t="s">
         <f>=MAX(0,M10*0.13)</f>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="31" t="n">
         <v>45124</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>169</v>
       </c>
       <c r="C11" s="16" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="16" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="17" t="n">
         <v>130</v>
       </c>
       <c r="F11" s="7" t="s">
         <f>=DATEDIF(A11,$O$2,"y")</f>
       </c>
       <c r="G11" s="7" t="s">
         <f>=DATEDIF(A11,$O$2,"ym")</f>
       </c>
       <c r="H11" s="7" t="s">
         <f>=DATEDIF(A11,$O$2,"md")</f>
       </c>
       <c r="I11" s="7" t="n">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J11" s="17" t="n">
         <v>722</v>
       </c>
       <c r="K11" s="6" t="s">
         <f>=Портфель!F7*Портфель!$Q$13</f>
       </c>
       <c r="L11" s="6" t="s">
         <f>=E11*K11</f>
       </c>
       <c r="M11" s="6" t="s">
         <f>=(K11-J11)*E11</f>
       </c>
       <c r="N11" s="6" t="s">
         <f>=MAX(0,M11*0.13)</f>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="31" t="n">
         <v>45124</v>
       </c>
       <c r="B12" s="16" t="s">
         <v>169</v>
       </c>
       <c r="C12" s="16" t="s">
@@ -7235,51 +7235,51 @@
       <c r="A15" s="31" t="n">
         <v>45124</v>
       </c>
       <c r="B15" s="16" t="s">
         <v>169</v>
       </c>
       <c r="C15" s="16" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="16" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="17" t="n">
         <v>1000</v>
       </c>
       <c r="F15" s="7" t="s">
         <f>=DATEDIF(A15,$O$2,"y")</f>
       </c>
       <c r="G15" s="7" t="s">
         <f>=DATEDIF(A15,$O$2,"ym")</f>
       </c>
       <c r="H15" s="7" t="s">
         <f>=DATEDIF(A15,$O$2,"md")</f>
       </c>
       <c r="I15" s="7" t="n">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J15" s="17" t="n">
         <v>68.96</v>
       </c>
       <c r="K15" s="6" t="s">
         <f>=Портфель!F11*Портфель!$Q$13</f>
       </c>
       <c r="L15" s="6" t="s">
         <f>=E15*K15</f>
       </c>
       <c r="M15" s="6" t="s">
         <f>=(K15-J15)*E15</f>
       </c>
       <c r="N15" s="6" t="s">
         <f>=MAX(0,M15*0.13)</f>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="31" t="n">
         <v>45553</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>169</v>
       </c>
       <c r="C16" s="16" t="s">
@@ -7323,51 +7323,51 @@
       <c r="A17" s="31" t="n">
         <v>45124</v>
       </c>
       <c r="B17" s="16" t="s">
         <v>169</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="17" t="n">
         <v>100</v>
       </c>
       <c r="F17" s="7" t="s">
         <f>=DATEDIF(A17,$O$2,"y")</f>
       </c>
       <c r="G17" s="7" t="s">
         <f>=DATEDIF(A17,$O$2,"ym")</f>
       </c>
       <c r="H17" s="7" t="s">
         <f>=DATEDIF(A17,$O$2,"md")</f>
       </c>
       <c r="I17" s="7" t="n">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J17" s="17" t="n">
         <v>661.8</v>
       </c>
       <c r="K17" s="6" t="s">
         <f>=Портфель!F13*Портфель!$Q$13</f>
       </c>
       <c r="L17" s="6" t="s">
         <f>=E17*K17</f>
       </c>
       <c r="M17" s="6" t="s">
         <f>=(K17-J17)*E17</f>
       </c>
       <c r="N17" s="6" t="s">
         <f>=MAX(0,M17*0.13)</f>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="31"/>
       <c r="B18" s="16"/>
       <c r="C18" s="16"/>
       <c r="D18" s="16"/>
       <c r="E18" s="17"/>
       <c r="F18" s="7"/>
       <c r="G18" s="17"/>